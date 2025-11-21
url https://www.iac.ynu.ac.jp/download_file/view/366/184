--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -25,60 +25,60 @@
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Motoharu Takanashi\Downloads\20250325ICP用標準溶液\関東化学\ICP混合標準液F\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6AC91B5F-2150-482A-97B6-A2D29D39866E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD4B1691-AB2C-4EF7-AB21-A278144E5A98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30" yWindow="120" windowWidth="28800" windowHeight="17145" tabRatio="678" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3360" yWindow="345" windowWidth="23100" windowHeight="15720" tabRatio="678" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="申請書（1ページ）" sheetId="7" r:id="rId1"/>
     <sheet name="申請書（別紙A）" sheetId="3" r:id="rId2"/>
     <sheet name="申請書（別紙B）" sheetId="12" r:id="rId3"/>
     <sheet name="申請要領" sheetId="6" r:id="rId4"/>
     <sheet name="env" sheetId="10" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'申請書（別紙A）'!$A$4:$F$28</definedName>
     <definedName name="EndOfLine">env!$A$22</definedName>
     <definedName name="Next">INDIRECT(ADDRESS(ROW() + 1, COLUMN()))</definedName>
     <definedName name="Prev">INDIRECT(ADDRESS(ROW() - 1, COLUMN()))</definedName>
     <definedName name="Prevs">OFFSET(INDIRECT(ADDRESS(1, COLUMN())),,, ROW() - 1)</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'申請書（1ページ）'!$A$1:$F$44</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -99,101 +99,101 @@
   <c r="B5" i="3"/>
   <c r="I1" i="12"/>
   <c r="I2" i="12"/>
   <c r="E25" i="7"/>
   <c r="C5" i="3" s="1"/>
   <c r="E5" i="3"/>
   <c r="F5" i="3"/>
   <c r="E26" i="7"/>
   <c r="D5" i="3" s="1"/>
   <c r="H2" i="3"/>
   <c r="E3" i="10"/>
   <c r="D36" i="7"/>
   <c r="D37" i="7"/>
   <c r="D38" i="7"/>
   <c r="D35" i="7"/>
   <c r="C40" i="7" a="1"/>
   <c r="C40" i="7" s="1"/>
   <c r="I18" i="10"/>
   <c r="O9" i="10"/>
   <c r="L7" i="10"/>
   <c r="E4" i="10"/>
   <c r="E2" i="10"/>
   <c r="B2" i="10" a="1"/>
   <c r="B2" i="10" s="1"/>
   <c r="H1" i="3"/>
+  <c r="O21" i="10"/>
   <c r="A21" i="10" a="1"/>
+  <c r="E21" i="10"/>
+  <c r="L21" i="10"/>
   <c r="I21" i="10"/>
-  <c r="L21" i="10"/>
-[...1 lines deleted...]
-  <c r="O21" i="10"/>
   <c r="I22" i="10" a="1"/>
   <c r="I22" i="10" l="1"/>
   <c r="A21" i="10"/>
   <c r="R17" i="10"/>
   <c r="R3" i="10"/>
   <c r="R12" i="10"/>
   <c r="R7" i="10"/>
   <c r="R16" i="10"/>
   <c r="R11" i="10"/>
   <c r="R18" i="10"/>
   <c r="R13" i="10"/>
   <c r="R8" i="10"/>
   <c r="R6" i="10"/>
   <c r="R2" i="10"/>
   <c r="R15" i="10"/>
   <c r="R10" i="10"/>
   <c r="R5" i="10"/>
   <c r="R14" i="10"/>
   <c r="R9" i="10"/>
   <c r="R4" i="10"/>
+  <c r="E22" i="10" a="1"/>
   <c r="L22" i="10" a="1"/>
-  <c r="E22" i="10" a="1"/>
   <c r="O22" i="10" a="1"/>
   <c r="O22" i="10" l="1"/>
   <c r="E22" i="10"/>
   <c r="L22" i="10"/>
   <c r="T2" i="10"/>
   <c r="U2" i="10" l="1" a="1"/>
   <c r="U2" i="10" s="1"/>
   <c r="T3" i="10"/>
   <c r="T4" i="10" l="1"/>
   <c r="U3" i="10" a="1"/>
   <c r="U3" i="10" s="1"/>
-  <c r="U21" i="10"/>
   <c r="U4" i="10" l="1" a="1"/>
   <c r="U4" i="10" s="1"/>
   <c r="T5" i="10"/>
-  <c r="U22" i="10" a="1"/>
-[...1 lines deleted...]
-  <c r="T6" i="10"/>
+  <c r="T6" i="10" l="1"/>
   <c r="U5" i="10" a="1"/>
   <c r="U5" i="10" s="1"/>
+  <c r="U21" i="10"/>
   <c r="T7" i="10" l="1"/>
   <c r="U6" i="10" a="1"/>
   <c r="U6" i="10" s="1"/>
-  <c r="U7" i="10" l="1" a="1"/>
+  <c r="U22" i="10" a="1"/>
+  <c r="U22" i="10" l="1"/>
+  <c r="U7" i="10" a="1"/>
   <c r="U7" i="10" s="1"/>
   <c r="T8" i="10"/>
   <c r="U8" i="10" l="1" a="1"/>
   <c r="U8" i="10" s="1"/>
   <c r="T9" i="10"/>
   <c r="T10" i="10" l="1"/>
   <c r="U9" i="10" a="1"/>
   <c r="U9" i="10" s="1"/>
   <c r="T11" i="10" l="1"/>
   <c r="U10" i="10" a="1"/>
   <c r="U10" i="10" s="1"/>
   <c r="T12" i="10" l="1"/>
   <c r="U11" i="10" a="1"/>
   <c r="U11" i="10" s="1"/>
   <c r="T13" i="10" l="1"/>
   <c r="U12" i="10" a="1"/>
   <c r="U12" i="10" s="1"/>
   <c r="T14" i="10" l="1"/>
   <c r="U13" i="10" a="1"/>
   <c r="U13" i="10" s="1"/>
   <c r="T15" i="10" l="1"/>
   <c r="U14" i="10" a="1"/>
   <c r="U14" i="10" s="1"/>
   <c r="T16" i="10" l="1"/>
   <c r="U15" i="10" a="1"/>
@@ -210,51 +210,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="187">
   <si>
     <t>機器分析評価センター利用申請書（教職員用）</t>
     <rPh sb="0" eb="2">
       <t>キキ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ブンセキ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ヒョウカ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="12" eb="15">
       <t>シンセイショ</t>
     </rPh>
     <rPh sb="16" eb="19">
       <t>キョウショクイン</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>ヨウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
@@ -2879,66 +2879,50 @@
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>継続する利用者は削除せず</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>、追加する利用者の追加または、変更のある利用者情報の更新、抹消する利用者の削除をして申請ください。また、途中に空行が入らないようにしてください。</t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>様式 A01 (2025年4月版)</t>
-[...14 lines deleted...]
-  <si>
     <t>利用責任者が登録済の方は登録済を選択してください。</t>
     <rPh sb="0" eb="2">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>セキニンシャ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>トウロク</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ズミ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>カタ</t>
     </rPh>
     <rPh sb="12" eb="15">
       <t>トウロクズミ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>センタク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -2956,50 +2940,70 @@
       <t>キキ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>カタ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ヨサン</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>メイ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>セッテイ</t>
     </rPh>
     <rPh sb="29" eb="31">
       <t>ショカン</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>メイショウ</t>
     </rPh>
     <rPh sb="35" eb="37">
       <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>社会環境と情報部門</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>様式 A01 (2025年10月版)</t>
+    <rPh sb="0" eb="2">
+      <t>ヨウシキ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>バン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="176" formatCode="0_ "/>
     <numFmt numFmtId="177" formatCode="0;\-0;;@"/>
     <numFmt numFmtId="178" formatCode="#\ &quot;年&quot;&quot;度&quot;"/>
     <numFmt numFmtId="179" formatCode="#&quot;. &quot;"/>
     <numFmt numFmtId="180" formatCode="0;\-0;&quot;(ドロップダウンリストから選択してください)&quot;;@"/>
     <numFmt numFmtId="181" formatCode="&quot; &quot;#&quot; 年度&quot;;\ &quot; &quot;\-#&quot; 年度&quot;;\ &quot;(リストから選択してください)&quot;"/>
     <numFmt numFmtId="182" formatCode="&quot; &quot;yyyy&quot; 年 &quot;m&quot; 月 &quot;d&quot; 日 &quot;;&quot;　　　年　　月　　日 &quot;;&quot;　　　年　　月　　日 &quot;;&quot;(&quot;@&quot;) 年　　月　　日 &quot;"/>
     <numFmt numFmtId="183" formatCode="@* &quot;・&quot;"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
@@ -4359,72 +4363,72 @@
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514349</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>248180</xdr:rowOff>
         </xdr:to>
         <xdr:grpSp>
           <xdr:nvGrpSpPr>
             <xdr:cNvPr id="8" name="申請区分" descr="新規や変更か中止かを区別する申請区分の選択">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008000000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvGrpSpPr/>
           </xdr:nvGrpSpPr>
           <xdr:grpSpPr>
             <a:xfrm>
               <a:off x="1628775" y="3943350"/>
               <a:ext cx="5734049" cy="248180"/>
-              <a:chOff x="1438275" y="3857618"/>
-              <a:chExt cx="5048248" cy="306449"/>
+              <a:chOff x="1438275" y="3857634"/>
+              <a:chExt cx="5048248" cy="306451"/>
             </a:xfrm>
           </xdr:grpSpPr>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2069" name="中止" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2069"/>
                   </a:ext>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="3076576" y="3892919"/>
-                <a:ext cx="571500" cy="271148"/>
+                <a:off x="3076576" y="3892936"/>
+                <a:ext cx="571500" cy="271149"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                   <a14:hiddenLine w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                     </a:solidFill>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
@@ -4445,52 +4449,52 @@
                     </a:solidFill>
                     <a:latin typeface="Meiryo UI"/>
                     <a:ea typeface="Meiryo UI"/>
                   </a:rPr>
                   <a:t>中止</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2068" name="新規または変更" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2068"/>
                   </a:ext>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000014080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="1504951" y="3890670"/>
-                <a:ext cx="1047749" cy="271146"/>
+                <a:off x="1504951" y="3890668"/>
+                <a:ext cx="1047749" cy="271145"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                     </a:solidFill>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                   <a14:hiddenLine w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                     </a:solidFill>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
@@ -4511,51 +4515,51 @@
                     </a:solidFill>
                     <a:latin typeface="Meiryo UI"/>
                     <a:ea typeface="Meiryo UI"/>
                   </a:rPr>
                   <a:t>新規または変更</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
           <xdr:sp macro="" textlink="">
             <xdr:nvSpPr>
               <xdr:cNvPr id="2077" name="Group Box 29" hidden="1">
                 <a:extLst>
                   <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                     <a14:compatExt spid="_x0000_s2077"/>
                   </a:ext>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D080000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvSpPr/>
             </xdr:nvSpPr>
             <xdr:spPr bwMode="auto">
               <a:xfrm>
-                <a:off x="1438275" y="3857618"/>
+                <a:off x="1438275" y="3857634"/>
                 <a:ext cx="5048248" cy="266702"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill>
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
               </a:extLst>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="l" rtl="0">
                   <a:defRPr sz="1000"/>
@@ -7865,51 +7869,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor theme="7" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="B1:F45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="1.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="3.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.625" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.625" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.625" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" x14ac:dyDescent="0.15">
       <c r="B1" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="2" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="3" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B3" s="57" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="57"/>
       <c r="D3" s="57"/>
       <c r="E3" s="57"/>
       <c r="F3" s="2"/>
     </row>
     <row r="4" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
     </row>
     <row r="5" spans="2:6" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="7" spans="2:6" x14ac:dyDescent="0.15">
@@ -8217,51 +8221,51 @@
     <row r="42" spans="2:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B42" s="16"/>
       <c r="C42" s="35"/>
       <c r="D42" s="35"/>
       <c r="E42" s="35"/>
     </row>
     <row r="43" spans="2:5" x14ac:dyDescent="0.15">
       <c r="B43" s="102">
         <v>1</v>
       </c>
       <c r="C43" s="102"/>
       <c r="D43" s="102"/>
       <c r="E43" s="102"/>
     </row>
     <row r="44" spans="2:5" ht="8.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
     </row>
     <row r="45" spans="2:5" x14ac:dyDescent="0.15">
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1GsLQGNPX2+/o5/f7mrs2HafoqKQ8GwFSFMJSPli/A1mv5AAm4Y46hKhc48GF/BiPYsRi4kaHFP5ty0rkyRKCg==" saltValue="S8Lx6ddGEa0RyUCv4AoVsQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="WCQFb1yUMMLEo/KRFHSVQ1NKGt4+vjmXtOFbZdQHOz81np8apkhRbHhVlN1NKDv+G0XVcH8OzBFdhqCMQRxc+w==" saltValue="4op1adIN874sSSW0fut4iw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
     <mergeCell ref="B43:E43"/>
     <mergeCell ref="C18:E18"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B22:C29"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="B30:C32"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C17:E17"/>
     <mergeCell ref="C16:E16"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.78740157480314965" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2068" r:id="rId4" name="新規または変更">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
@@ -8486,51 +8490,51 @@
             <control shapeId="2112" r:id="rId14" name="登録希望学外あり">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>752475</xdr:colOff>
                     <xdr:row>29</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>3448050</xdr:colOff>
                     <xdr:row>29</xdr:row>
                     <xdr:rowOff>447675</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="3">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3667BE88-34BC-4FC2-A759-9F6B13C610A2}">
           <x14:formula1>
             <xm:f>INDIRECT(env!$E$22)</xm:f>
           </x14:formula1>
           <xm:sqref>D20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="部局" error="リストにない部局を登録します" xr:uid="{F11FA37D-DB9B-46B0-BE01-5E86172EC321}">
           <x14:formula1>
             <xm:f>INDIRECT(env!$O$22)</xm:f>
           </x14:formula1>
           <xm:sqref>E22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="学科等" error="リストにない学科等を登録します" xr:uid="{2C802B59-6F79-42B4-9E3F-01E501F42ABC}">
           <x14:formula1>
             <xm:f>INDIRECT(env!$U$22)</xm:f>
           </x14:formula1>
           <xm:sqref>E23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9570,59 +9574,59 @@
       <c r="B13" s="27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A14" s="59" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="33" x14ac:dyDescent="0.15">
       <c r="A15" s="62" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="27" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A16" s="59" t="s">
         <v>84</v>
       </c>
       <c r="B16" s="27" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A17" s="59" t="s">
         <v>82</v>
       </c>
       <c r="B17" s="27" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="19.5" x14ac:dyDescent="0.15">
       <c r="A19" s="67" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="73"/>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A20" s="61" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="27" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A21" s="61" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.15">
@@ -9777,51 +9781,51 @@
       <c r="B44" s="27" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A45" s="65"/>
     </row>
     <row r="60" spans="2:2" x14ac:dyDescent="0.15">
       <c r="B60" s="30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="54" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80609A0D-7ACC-42CA-B934-FFCBF13E55DE}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:W22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E13" sqref="E13"/>
+      <selection activeCell="Q12" sqref="Q12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="10.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="10.875" style="48" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.625" style="48" customWidth="1"/>
     <col min="3" max="3" width="2.25" style="48" customWidth="1"/>
     <col min="4" max="4" width="6.625" style="48" customWidth="1"/>
     <col min="5" max="5" width="4.25" style="48" customWidth="1"/>
     <col min="6" max="6" width="22.375" style="48" customWidth="1"/>
     <col min="7" max="7" width="2.625" style="48" customWidth="1"/>
     <col min="8" max="8" width="9.625" style="48" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.75" style="48" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="2.625" style="48" customWidth="1"/>
     <col min="11" max="11" width="7" style="48" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12.75" style="48" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="2.25" style="48" customWidth="1"/>
     <col min="14" max="14" width="9" style="48"/>
     <col min="15" max="16" width="17.25" style="48" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.875" style="48" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="2.25" style="48" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.125" style="48" customWidth="1"/>
     <col min="20" max="20" width="2.25" style="48" bestFit="1" customWidth="1"/>
     <col min="21" max="16384" width="9" style="48"/>
   </cols>
@@ -9870,51 +9874,51 @@
         <v>117</v>
       </c>
       <c r="T1" s="47" t="s">
         <v>116</v>
       </c>
       <c r="U1" s="47" t="s">
         <v>118</v>
       </c>
       <c r="V1" s="47" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="2" spans="1:23" x14ac:dyDescent="0.15">
       <c r="A2" s="47" t="s">
         <v>120</v>
       </c>
       <c r="B2" s="48" t="str" cm="1">
         <f t="array" aca="1" ref="B2" ca="1">MID(CELL("filename", $A$1), FIND("]", CELL("filename", $A$1)) + 1, 100) &amp;"!"</f>
         <v>env!</v>
       </c>
       <c r="D2" s="48" t="s">
         <v>121</v>
       </c>
       <c r="E2" s="49">
         <f ca="1">YEAR(NOW())-IF(MONTH(NOW())&lt;4, 1, 0)</f>
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F2" s="48" t="s">
         <v>122</v>
       </c>
       <c r="H2" s="48" t="s">
         <v>123</v>
       </c>
       <c r="I2" s="50" t="s">
         <v>124</v>
       </c>
       <c r="K2" s="48" t="s">
         <v>125</v>
       </c>
       <c r="L2" s="50" t="s">
         <v>126</v>
       </c>
       <c r="O2" s="50" t="s">
         <v>127</v>
       </c>
       <c r="P2" s="48" t="s">
         <v>127</v>
       </c>
       <c r="Q2" s="50" t="s">
         <v>128</v>
       </c>
@@ -9923,53 +9927,53 @@
         <v/>
       </c>
       <c r="S2" s="48" t="str">
         <f>'申請書（1ページ）'!$E$22</f>
         <v>(ドロップダウンから選択するか手入力ください)</v>
       </c>
       <c r="T2" s="48" t="str">
         <f>IF(MIN(R:R)&gt;1, MIN(R:R), "")</f>
         <v/>
       </c>
       <c r="U2" s="50" t="str" cm="1">
         <f t="array" ref="U2">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), "手入力してください。")</f>
         <v>手入力してください。</v>
       </c>
       <c r="V2" s="48" t="s">
         <v>129</v>
       </c>
       <c r="W2" s="48" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.15">
       <c r="D3" s="48" t="s">
         <v>130</v>
       </c>
-      <c r="E3" s="50">
+      <c r="E3" s="50" t="str">
         <f ca="1">IF(MONTH(NOW()) = 3, YEAR(NOW()), EndOfLine)</f>
-        <v>2025</v>
+        <v>---</v>
       </c>
       <c r="F3" s="48" t="s">
         <v>131</v>
       </c>
       <c r="I3" s="50" t="s">
         <v>132</v>
       </c>
       <c r="K3" s="48" t="s">
         <v>133</v>
       </c>
       <c r="L3" s="50" t="s">
         <v>134</v>
       </c>
       <c r="O3" s="50" t="s">
         <v>135</v>
       </c>
       <c r="P3" s="48" t="s">
         <v>127</v>
       </c>
       <c r="Q3" s="50" t="s">
         <v>136</v>
       </c>
       <c r="R3" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
@@ -10178,310 +10182,318 @@
       </c>
       <c r="Q10" s="50" t="s">
         <v>161</v>
       </c>
       <c r="R10" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T10" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U10" s="50" t="str" cm="1">
         <f t="array" ref="U10">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="11" spans="1:23" x14ac:dyDescent="0.15">
       <c r="H11" s="48" t="s">
         <v>162</v>
       </c>
       <c r="I11" s="50" t="s">
         <v>163</v>
       </c>
       <c r="P11" s="48" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="Q11" s="50" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="R11" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T11" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U11" s="50" t="str" cm="1">
         <f t="array" ref="U11">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="12" spans="1:23" x14ac:dyDescent="0.15">
       <c r="I12" s="50" t="s">
         <v>165</v>
       </c>
       <c r="P12" s="48" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="Q12" s="50" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="R12" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T12" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U12" s="50" t="str" cm="1">
         <f t="array" ref="U12">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="13" spans="1:23" x14ac:dyDescent="0.15">
       <c r="I13" s="50" t="s">
         <v>168</v>
       </c>
       <c r="P13" s="48" t="s">
         <v>166</v>
       </c>
       <c r="Q13" s="50" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="R13" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T13" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U13" s="50" t="str" cm="1">
         <f t="array" ref="U13">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="14" spans="1:23" x14ac:dyDescent="0.15">
       <c r="H14" s="48" t="s">
         <v>170</v>
       </c>
       <c r="I14" s="50" t="s">
         <v>171</v>
       </c>
       <c r="P14" s="48" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="Q14" s="50" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="R14" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T14" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U14" s="50" t="str" cm="1">
         <f t="array" ref="U14">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="15" spans="1:23" x14ac:dyDescent="0.15">
       <c r="I15" s="50" t="s">
         <v>173</v>
       </c>
       <c r="P15" s="48" t="s">
         <v>153</v>
       </c>
       <c r="Q15" s="50" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="R15" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T15" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U15" s="50" t="str" cm="1">
         <f t="array" ref="U15">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="16" spans="1:23" x14ac:dyDescent="0.15">
       <c r="I16" s="50" t="s">
         <v>175</v>
       </c>
       <c r="P16" s="48" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>153</v>
+      </c>
+      <c r="Q16" s="50" t="s">
+        <v>174</v>
       </c>
       <c r="R16" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T16" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U16" s="50" t="str" cm="1">
         <f t="array" ref="U16">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.15">
       <c r="I17" s="50" t="s">
         <v>178</v>
       </c>
       <c r="P17" s="48" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>176</v>
+      </c>
+      <c r="Q17" s="48" t="s">
+        <v>177</v>
       </c>
       <c r="R17" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T17" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U17" s="50" t="str" cm="1">
         <f t="array" ref="U17">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
       </c>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.15">
       <c r="I18" s="51" t="str">
         <f>EndOfLine</f>
         <v>---</v>
       </c>
       <c r="P18" s="48" t="s">
         <v>156</v>
       </c>
       <c r="Q18" s="50" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="R18" s="48" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T18" s="48" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="U18" s="50" t="str" cm="1">
         <f t="array" ref="U18">IF(ISNUMBER(_xlfn.SINGLE($T:$T)), INDEX($Q:$Q, _xlfn.SINGLE($T:$T)), EndOfLine)</f>
         <v>---</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.15">
+      <c r="P19" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q19" s="50" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:21" s="52" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A21" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="A21" ca="1" xml:space="preserve"> IF(INDIRECT("EndOfLine") = Next, "EndOfLine", "!!! Error !!!")</f>
         <v>EndOfLine</v>
       </c>
       <c r="D21" s="52" t="s">
         <v>180</v>
       </c>
       <c r="E21" s="52">
         <f ca="1">MATCH(EndOfLine, Prevs, 0) -1</f>
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H21" s="52" t="s">
         <v>180</v>
       </c>
       <c r="I21" s="52">
         <f ca="1">MATCH(EndOfLine, Prevs, 0) -1</f>
         <v>17</v>
       </c>
       <c r="K21" s="52" t="s">
         <v>180</v>
       </c>
       <c r="L21" s="52">
         <f ca="1">MATCH(EndOfLine, Prevs, 0) -1</f>
         <v>6</v>
       </c>
       <c r="N21" s="52" t="s">
         <v>180</v>
       </c>
       <c r="O21" s="52">
         <f ca="1">MATCH(EndOfLine, Prevs, 0) -1</f>
         <v>8</v>
       </c>
       <c r="U21" s="52">
         <f ca="1">MATCH(EndOfLine, Prevs, 0) -1</f>
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:21" s="52" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A22" s="82" t="s">
         <v>181</v>
       </c>
       <c r="D22" s="52" t="s">
         <v>108</v>
       </c>
       <c r="E22" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="E22" ca="1" xml:space="preserve"> $B$2 &amp; ADDRESS(2, COLUMN()) &amp;":"&amp; ADDRESS(Prev, COLUMN())</f>
-        <v>env!$E$2:$E$3</v>
+        <v>env!$E$2:$E$2</v>
       </c>
       <c r="H22" s="52" t="s">
         <v>108</v>
       </c>
       <c r="I22" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="I22" ca="1" xml:space="preserve"> $B$2 &amp; ADDRESS(2, COLUMN()) &amp;":"&amp; ADDRESS(Prev, COLUMN())</f>
         <v>env!$I$2:$I$17</v>
       </c>
       <c r="K22" s="52" t="s">
         <v>108</v>
       </c>
       <c r="L22" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="L22" ca="1" xml:space="preserve"> $B$2 &amp; ADDRESS(2, COLUMN()) &amp;":"&amp; ADDRESS(Prev, COLUMN())</f>
         <v>env!$L$2:$L$6</v>
       </c>
       <c r="N22" s="52" t="s">
         <v>108</v>
       </c>
       <c r="O22" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="O22" ca="1" xml:space="preserve"> $B$2 &amp; ADDRESS(2, COLUMN()) &amp;":"&amp; ADDRESS(Prev, COLUMN())</f>
         <v>env!$O$2:$O$8</v>
       </c>
       <c r="U22" s="52" t="str" cm="1">
         <f t="array" aca="1" ref="U22" ca="1" xml:space="preserve"> $B$2 &amp; ADDRESS(2, COLUMN()) &amp;":"&amp; ADDRESS(Prev, COLUMN())</f>
         <v>env!$U$2:$U$2</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FXJj78uygw5S2kllHY0wCJIWaQIxAsao0S25FW7wMPZu7OEvqKgWs07PtJZBFzlbKONwTJxrS8hKzj3ccnVgLg==" saltValue="ckIxCoKb/R9gAIKzEZrcbQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="H5zMjAXHwXRMJfY78fb3yHEsXEOozt1ulijvl/uABEAU7gy7awv+ZGHTk1Qvk/NbvtIln2DI0LmN5xBkrdJOPw==" saltValue="IZyTPyeU8sj3MIrda7J8xA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="2"/>
   <dataValidations disablePrompts="1" count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E24" xr:uid="{8A6CB067-8068-4C5F-A132-C3957045868C}">
       <formula1>INDIRECT($E$22)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W2" xr:uid="{82D1C269-EA0A-4550-BBE4-47683E039E3F}">
       <formula1>INDIRECT($O$22)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W3" xr:uid="{7C7508C0-F929-4852-8FE8-6CA4AA93E599}">
       <formula1>INDIRECT($U$22)</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
@@ -10745,54 +10757,60 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08C290E7-B4DF-4609-8592-915C9B7869B9}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="971979d8-faa4-4822-b524-49443f3c2d69"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="92616050-ef1e-44f8-a625-b80c30a41f9c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="92616050-ef1e-44f8-a625-b80c30a41f9c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1028461C-3AFD-442E-B2D6-44138152FF9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C56D66C-99A1-4088-84CC-FDE824288F26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="971979d8-faa4-4822-b524-49443f3c2d69"/>
     <ds:schemaRef ds:uri="92616050-ef1e-44f8-a625-b80c30a41f9c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>